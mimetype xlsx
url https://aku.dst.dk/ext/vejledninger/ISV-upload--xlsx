--- v0 (2025-12-18)
+++ v1 (2026-03-16)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr updateLinks="never" codeName="Denne_projektmappe" defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Subversion\Blaise\Blanketter\ISV\Trunk\Upload\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\ISV\Regneark\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="21600" windowHeight="5460"/>
   </bookViews>
   <sheets>
     <sheet name="1. Salg af varer og tjenester" sheetId="1" r:id="rId1"/>
     <sheet name="2. Samlet omsætning" sheetId="6" r:id="rId2"/>
     <sheet name="Feedback" sheetId="8" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C17" i="6" l="1"/>
@@ -6756,51 +6756,51 @@
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Ugyldig produktionstype" error="Du har valgt en ugyldig produktionstype. Vælg en af de fire produktionstyper i listen. Se arket &quot;Produktionstype&quot; for mere information." promptTitle="Vælg produktionstype" prompt="Vælg imellem de fire produktionstyper. Se arket &quot;Produktionstype&quot; for mere information." sqref="B507:B1013">
       <formula1>#REF!</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Ugyldig produktionstype" error="Du har valgt en ugyldig produktionstype. Vælg en af de fire produktionstyper i listen. Se arket &quot;Produktionstype&quot; for mere information." promptTitle="Vælg produktionstype" prompt="Vælg imellem de fire produktionstyper. Se arket &quot;Produktionstype&quot; for mere information." sqref="B15:B506">
       <formula1>"1 Salg af varer fra egenproduktion, 2 Salg af varer produceret af underleverandør, 3 Salg af varer produceret som underleverandør, 4 Leverede industrielle tjenesteydelser"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId1" location="_ACCORDION-4"/>
     <hyperlink ref="E8:F8" r:id="rId2" display="www.dst.dk/extranet/kn8/kn8.html"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark1">
     <tabColor rgb="FFAAD2A0"/>
   </sheetPr>
   <dimension ref="A1:XFD100"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C41" sqref="C41"/>
+      <selection pane="bottomLeft" activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="86.140625" style="14" customWidth="1"/>
     <col min="3" max="3" width="25" style="14" customWidth="1"/>
     <col min="4" max="4" width="14.140625" style="14" customWidth="1"/>
     <col min="5" max="12" width="0" style="14" hidden="1"/>
     <col min="13" max="16381" width="9.140625" style="14" hidden="1"/>
     <col min="16382" max="16382" width="3.42578125" style="14" hidden="1"/>
     <col min="16383" max="16383" width="16.7109375" style="14" hidden="1"/>
     <col min="16384" max="16384" width="8.42578125" style="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11 16384:16384" s="47" customFormat="1" ht="33" customHeight="1">
       <c r="A1" s="18"/>
       <c r="B1" s="19" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
@@ -7249,51 +7249,51 @@
     <row r="77" s="43" customFormat="1"/>
     <row r="78" s="43" customFormat="1"/>
     <row r="79" s="43" customFormat="1"/>
     <row r="80" s="43" customFormat="1"/>
     <row r="81" s="43" customFormat="1"/>
     <row r="82" s="43" customFormat="1"/>
     <row r="83" s="43" customFormat="1"/>
     <row r="84" s="43" customFormat="1"/>
     <row r="85" s="43" customFormat="1"/>
     <row r="86" s="43" customFormat="1"/>
     <row r="87" s="43" customFormat="1"/>
     <row r="88" s="43" customFormat="1"/>
     <row r="89" s="43" customFormat="1"/>
     <row r="90" s="43" customFormat="1"/>
     <row r="91" s="43" customFormat="1"/>
     <row r="92" s="43" customFormat="1"/>
     <row r="93" s="43" customFormat="1"/>
     <row r="94" s="43" customFormat="1"/>
     <row r="95" s="43" customFormat="1"/>
     <row r="96" s="43" customFormat="1"/>
     <row r="97" s="43" customFormat="1"/>
     <row r="98" s="43" customFormat="1"/>
     <row r="99" s="43" customFormat="1"/>
     <row r="100" s="43" customFormat="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="mYmN7OiS2XIHF/3vLSoyJEXeQT4eqSM7leCkGuTrkDzHv6CO5CpnJ3e6iEAsAry28Ckebouq5nu/UgmaZKp6rw==" saltValue="xIqKc/VuT3n3EV4z6oG0Uw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YqaXSNQQrw6nfxWRcmgq7/h+iDzG3yV/XkUxrC6r8PvY7Df9g9cKz1w2pV2CYHTRD8JgR/NslK0zTq+Q43C3wA==" saltValue="mqXq5qL5C28tpmaRnND+hA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B40:B41"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B1" r:id="rId1" location="_ACCORDION-4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Ark3"/>
   <dimension ref="A1:J56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="65.85546875" style="80" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" style="80" customWidth="1"/>
     <col min="3" max="3" width="67.42578125" style="80" customWidth="1"/>